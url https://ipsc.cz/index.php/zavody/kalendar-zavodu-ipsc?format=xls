--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -12,257 +12,632 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalendář závodů" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Datum od</t>
   </si>
   <si>
     <t>Datum do</t>
   </si>
   <si>
     <t>Místo</t>
   </si>
   <si>
     <t>Země</t>
   </si>
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Level</t>
   </si>
   <si>
     <t>Zbraň</t>
   </si>
   <si>
     <t>Stages</t>
   </si>
   <si>
     <t>Registrace</t>
   </si>
   <si>
     <t>Organizátor</t>
   </si>
   <si>
     <t>Odkaz</t>
   </si>
   <si>
+    <t>Oblekovice</t>
+  </si>
+  <si>
+    <t>Česká republika</t>
+  </si>
+  <si>
+    <t>DiscoBall</t>
+  </si>
+  <si>
+    <t>LEVEL 2</t>
+  </si>
+  <si>
+    <t>HANDGUN/PCC</t>
+  </si>
+  <si>
+    <t>ALSA PRO TEAM</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/</t>
+  </si>
+  <si>
+    <t>Moravský pohár, 1. kolo</t>
+  </si>
+  <si>
+    <t>LEVEL 1</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/665/-/moravsky-pohar-ipsc-2026-1-kolo</t>
+  </si>
+  <si>
+    <t>Moravský pohár, 2. kolo</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/667/-/moravsky-pohar-ipsc-2026-2-kolo</t>
+  </si>
+  <si>
+    <t>SCA Shooting Center</t>
+  </si>
+  <si>
+    <t>Slovensko</t>
+  </si>
+  <si>
+    <t>Atlas ONE 2026</t>
+  </si>
+  <si>
+    <t>ATLAS</t>
+  </si>
+  <si>
+    <t>https://www.squad.sk/atlas/one/index_cz.php</t>
+  </si>
+  <si>
+    <t>1. CZECH SUPERLEAGUE</t>
+  </si>
+  <si>
+    <t>LEVEL 3</t>
+  </si>
+  <si>
+    <t>HANDGUN</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/666/-/1-czech-superleague-2026</t>
+  </si>
+  <si>
+    <t>Prostějov</t>
+  </si>
+  <si>
+    <t>Černá hora Cup, 1. kolo</t>
+  </si>
+  <si>
+    <t>Střelecký klub Prostějov</t>
+  </si>
+  <si>
+    <t>https://www.ipsc-pv.cz/registrace/1kolo2026/index_cz.php</t>
+  </si>
+  <si>
+    <t>Hodonice</t>
+  </si>
+  <si>
+    <t>Extraliga IPSC Znojmo, 1. kolo</t>
+  </si>
+  <si>
+    <t>IPSC Znojmo</t>
+  </si>
+  <si>
+    <t>https://zavody.ipscznojmo.cz/extraliga26/1/index_cz.php</t>
+  </si>
+  <si>
+    <t>Žalany</t>
+  </si>
+  <si>
+    <t>Žalanský pohár IPSC, 1. kolo</t>
+  </si>
+  <si>
+    <t>RIFLE/PCC</t>
+  </si>
+  <si>
+    <t>KVZ+KPS Teplice</t>
+  </si>
+  <si>
+    <t>https://www.kvzteplice.cz/ipsc/seznam.php</t>
+  </si>
+  <si>
+    <t>Helmbrechts</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Helmbrechts-Cup Half-Life Frühling 2026</t>
+  </si>
+  <si>
+    <t>IPSC Team Helmbrechts</t>
+  </si>
+  <si>
+    <t>https://ipscmatch.de/index.pl?match=2026_HCHL-fruehling</t>
+  </si>
+  <si>
+    <t>Kameňolom Čachtice</t>
+  </si>
+  <si>
+    <t>Bathory Cup 2026</t>
+  </si>
+  <si>
+    <t>RDA</t>
+  </si>
+  <si>
+    <t>https://match.rdaipsc.sk/index.php/btc/registration</t>
+  </si>
+  <si>
     <t>Placy</t>
   </si>
   <si>
-    <t>Česká republika</t>
-[...5 lines deleted...]
-    <t>LEVEL 1</t>
+    <t>KMR Cup 2026, 1. kolo</t>
+  </si>
+  <si>
+    <t>Squad</t>
+  </si>
+  <si>
+    <t>https://www.registrace.squad.cz/1kolo2026/index_cz.php</t>
+  </si>
+  <si>
+    <t>O pohár ČSOL 2026, 1. kolo</t>
+  </si>
+  <si>
+    <t>AVZO Budišov</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 1. kolo</t>
+  </si>
+  <si>
+    <t>Střelci Ostrava</t>
+  </si>
+  <si>
+    <t>https://www.strelciostrava.cz/</t>
+  </si>
+  <si>
+    <t>Čekanice</t>
+  </si>
+  <si>
+    <t>Zala Arms Open</t>
+  </si>
+  <si>
+    <t>SHOTGUN</t>
+  </si>
+  <si>
+    <t>ADYTON sport team</t>
+  </si>
+  <si>
+    <t>https://www.shootingsport.cz/ipsc/</t>
+  </si>
+  <si>
+    <t>Czech Open 2026</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/661/-/czech-open-2026#registrations</t>
+  </si>
+  <si>
+    <t>Černá hora Cup, 2. kolo</t>
+  </si>
+  <si>
+    <t>https://www.ipsc-pv.cz/registrace/</t>
+  </si>
+  <si>
+    <t>LZ lőtér Buzsák</t>
+  </si>
+  <si>
+    <t>EHC WarmUp</t>
+  </si>
+  <si>
+    <t>IPSC Buzsák</t>
+  </si>
+  <si>
+    <t>https://portal.iroascoring.com/portal/events/c83cd9e5-ae73-4e4b-85aa-5f4fbe559dff/registration?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwU3haS01tRVFEMHFSSko0cXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7hpxCX2QIs6zfUN-Gbeipdm5F9cRF6p0iafxuScLMbWiGLoeNQT545ZoXz1w_aem_Ns3MT0H_xn492C5JyxgcSw</t>
+  </si>
+  <si>
+    <t>Extraliga IPSC Znojmo, 2. kolo</t>
+  </si>
+  <si>
+    <t>https://zavody.ipscznojmo.cz/extraliga26/2/index_cz.php</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 2. kolo</t>
+  </si>
+  <si>
+    <t>Střelnice Hovorany</t>
+  </si>
+  <si>
+    <t>Moravský pohár, 3. kolo</t>
+  </si>
+  <si>
+    <t>IPSC Hovorany</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/670/-/moravsky-pohar-ipsc-3-kolo-hovorany</t>
+  </si>
+  <si>
+    <t>RDA RifleMatch/CNC Rifle 2026</t>
+  </si>
+  <si>
+    <t>RIFLE/MR</t>
+  </si>
+  <si>
+    <t>https://match.rdaipsc.sk/index.php/rrm/registration</t>
+  </si>
+  <si>
+    <t>Nečichy</t>
+  </si>
+  <si>
+    <t>Steel Cup Nečichy, 1. kolo</t>
+  </si>
+  <si>
+    <t>Klub dynamické střelby Most</t>
+  </si>
+  <si>
+    <t>Strzelnica Wiechlice</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Airbase Open Wiechlice 2026 HG</t>
+  </si>
+  <si>
+    <t>Airbase Shooting Range Wiechlice</t>
+  </si>
+  <si>
+    <t>https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by.....</t>
+  </si>
+  <si>
+    <t>Airbase Open Wiechlice 2026 PCC sponsored by Hera Arms</t>
+  </si>
+  <si>
+    <t>PCC</t>
+  </si>
+  <si>
+    <t>https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_PCC_sponsored_by.....</t>
+  </si>
+  <si>
+    <t>KSSK Komárno</t>
+  </si>
+  <si>
+    <t>Mosquito Match 2026 – SNC</t>
+  </si>
+  <si>
+    <t>http://match.kssk.sk/</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 3. kolo</t>
+  </si>
+  <si>
+    <t>2. CZECH SUPERLEAGUE</t>
+  </si>
+  <si>
+    <t>Atlas ONE 2026 - máj</t>
+  </si>
+  <si>
+    <t>https://www.squad.sk/atlas/one-maj/index_cz.php</t>
+  </si>
+  <si>
+    <t>Černá hora Cup, 3. kolo</t>
+  </si>
+  <si>
+    <t>Krvavá paní, 1. kolo</t>
+  </si>
+  <si>
+    <t>https://www.shootingarea.eu/sk/match-area/registracia/1476/RDA-Krvava-Pani-1---Match-Series-2026</t>
+  </si>
+  <si>
+    <t>Rebels Trophy</t>
+  </si>
+  <si>
+    <t>Rebels</t>
+  </si>
+  <si>
+    <t>https://www.ipsc.sk/</t>
+  </si>
+  <si>
+    <t>O pohár ČSOL, 2. kolo</t>
+  </si>
+  <si>
+    <t>https://ipsc-csol.cz/</t>
+  </si>
+  <si>
+    <t>KMR Cup Junioři, 2. kolo</t>
   </si>
   <si>
     <t>HG .22LR</t>
   </si>
   <si>
-    <t>Squad</t>
-[...14 lines deleted...]
-    <t>Prostějov</t>
+    <t>Žalanský pohár IPSC, 2. kolo</t>
+  </si>
+  <si>
+    <t>EXTREME EURO OPEN 2026</t>
+  </si>
+  <si>
+    <t>IPSC Extreme Squad</t>
+  </si>
+  <si>
+    <t>https://www.worldextremecup.com/extreme-euro-open/registration/</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 4. kolo</t>
+  </si>
+  <si>
+    <t>Helmbrechts-Cup 2026</t>
+  </si>
+  <si>
+    <t>https://ipscmatch.de/index.pl?match=Helmbrechts_Cup_2026</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>Mistrovství Evropy IPSC</t>
+  </si>
+  <si>
+    <t>LEVEL 4</t>
+  </si>
+  <si>
+    <t>https://2026ehc.ipscmatches.org/</t>
+  </si>
+  <si>
+    <t>Černá hora Cup, 4. kolo</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 5. kolo</t>
+  </si>
+  <si>
+    <t>Atlas ONE 2026 - jun</t>
+  </si>
+  <si>
+    <t>https://www.squad.sk/atlas/one-jun/index_cz.php</t>
+  </si>
+  <si>
+    <t>Extraliga IPSC Znojmo, 3. kolo</t>
+  </si>
+  <si>
+    <t>https://zavody.ipscznojmo.cz/extraliga26/3/index_cz.php</t>
+  </si>
+  <si>
+    <t>3.CZECH SUPERLEAGUE</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/668/-/3-czech-superleague-2026</t>
+  </si>
+  <si>
+    <t>Gemershooting Rifle Match 2026</t>
+  </si>
+  <si>
+    <t>RIFLE</t>
+  </si>
+  <si>
+    <t>https://www.shootingarea.eu/sk/match-area/registracia/1478/Gemershooting-Rifle-Match-2026</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 6. kolo</t>
+  </si>
+  <si>
+    <t>Gemershooting Handgun Match 2026</t>
+  </si>
+  <si>
+    <t>https://www.shootingarea.eu/sk/match-area/registracia/1479/Gemeshooting-Handgun-Match-2026</t>
+  </si>
+  <si>
+    <t>Airbase Open: The Grand Slam 2026 HG and PCC</t>
+  </si>
+  <si>
+    <t>Atlas OPEN 2026</t>
+  </si>
+  <si>
+    <t>https://www.squad.sk/atlasopen2026/index_cz.php</t>
+  </si>
+  <si>
+    <t>KMR Cup Junioři, 3. kolo</t>
+  </si>
+  <si>
+    <t>O pohár ČSOL, 3. kolo</t>
+  </si>
+  <si>
+    <t>Steel Cup Nečichy, 2. kolo</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 7. kolo</t>
+  </si>
+  <si>
+    <t>Moravský Pohár 2026, 4. kolo</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/669/-/moravsky-pohar-ipsc-4-kolo-hovorany</t>
+  </si>
+  <si>
+    <t>Krvavá paní, 2. kolo</t>
+  </si>
+  <si>
+    <t>https://www.shootingarea.eu/sk/match-area/registracia/1477/Krvava-Pani-2---2026-match-Seriesv</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 8. kolo</t>
+  </si>
+  <si>
+    <t>CNC Shotgun 2026</t>
+  </si>
+  <si>
+    <t>IPSC Ostrava</t>
+  </si>
+  <si>
+    <t>IPSC Nationals 2026</t>
+  </si>
+  <si>
+    <t>ASDS ČR</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/663/-/ipsc-nationals-2026</t>
+  </si>
+  <si>
+    <t>Jan Žižka Challenge HG/PCC</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 9. kolo</t>
+  </si>
+  <si>
+    <t>Polish Open</t>
+  </si>
+  <si>
+    <t>Hainka Arms</t>
+  </si>
+  <si>
+    <t>https://ipscpolishopen.pl/en</t>
+  </si>
+  <si>
+    <t>Černá hora Cup, 5. kolo</t>
+  </si>
+  <si>
+    <t>Jan Žižka Challenge Shotgun</t>
+  </si>
+  <si>
+    <t>Danube Cup 2026</t>
+  </si>
+  <si>
+    <t>https://match.kssk.sk/</t>
+  </si>
+  <si>
+    <t>Žalanský pohár IPSC, 3. kolo</t>
+  </si>
+  <si>
+    <t>Extraliga IPSC Znojmo, 4. kolo</t>
+  </si>
+  <si>
+    <t>https://zavody.ipscznojmo.cz/extralig26/F/index_cz.php</t>
+  </si>
+  <si>
+    <t>4.CZECH SUPERLEAGUE</t>
+  </si>
+  <si>
+    <t>O pohár ČSOL, 4. kolo</t>
+  </si>
+  <si>
+    <t>KMR Cup Junioři, 4. kolo</t>
+  </si>
+  <si>
+    <t>Atlas ONE 2026 - podzim</t>
+  </si>
+  <si>
+    <t>https://www.squad.sk/atlas/one-autumn26/index_cz.php</t>
   </si>
   <si>
     <t>Černá hora Cup, 6. kolo</t>
   </si>
   <si>
-    <t>Střelecký klub Prostějov</t>
-[...26 lines deleted...]
-    <t>LEVEL 3</t>
+    <t>Slovak Open</t>
+  </si>
+  <si>
+    <t>https://match.rdaipsc.sk/index.php/slo/registration</t>
+  </si>
+  <si>
+    <t>Žalanský pohár IPSC, 4. kolo</t>
+  </si>
+  <si>
+    <t>Helmbrechts-Cup PCC Herbst 2026, LM ASS Thüringen</t>
+  </si>
+  <si>
+    <t>https://ipscmatch.de/index.pl?match=HCPCC-2026</t>
+  </si>
+  <si>
+    <t>Helmbrechts-Cup Half-Life Herbst 2026</t>
+  </si>
+  <si>
+    <t>https://ipscmatch.de/index.pl?match=2026_HCHL-Herbst</t>
+  </si>
+  <si>
+    <t>5. Czech Superleague</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar</t>
+  </si>
+  <si>
+    <t>Rozlučka</t>
+  </si>
+  <si>
+    <t>https://zavody.ipscznojmo.cz/</t>
+  </si>
+  <si>
+    <t>Krvavá paní, finále</t>
+  </si>
+  <si>
+    <t>https://www.shootingarea.eu/sk/match-area/registracia/1483/Krvava-Pani-3---FINALE-2026-Match-Series</t>
+  </si>
+  <si>
+    <t>Moravský pohár, 5. kolo</t>
+  </si>
+  <si>
+    <t>Steel Cup Nečichy, 3. kolo</t>
+  </si>
+  <si>
+    <t>CNC Mini Rifle 2026</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
-    <t>SC Tábor</t>
-[...101 lines deleted...]
-    <t>https://www.squad.sk/atlas/one-autumn26/index_cz.php</t>
+    <t>Mikulášská</t>
+  </si>
+  <si>
+    <t>Moravský Pohár 2026, 6. kolo</t>
+  </si>
+  <si>
+    <t>Call of Duty</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d.m.yyyy"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -562,59 +937,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/4kolo2025/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/index.php" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/kalendar/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipscznojmo.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1371/RDA-Krvava-Pani-3--FINALE-2025" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leiko.cz/ipsc-klub" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/mikulas2025/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-maj/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-jun/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlasopen2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-autumn26/index_cz.php" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/665/-/moravsky-pohar-ipsc-2026-1-kolo" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/667/-/moravsky-pohar-ipsc-2026-2-kolo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/666/-/1-czech-superleague-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/1/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_HCHL-fruehling" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/btc/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/661/-/czech-open-2026#registrations" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.iroascoring.com/portal/events/c83cd9e5-ae73-4e4b-85aa-5f4fbe559dff/registration?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwU3haS01tRVFEMHFSSko0cXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7hpxCX2QIs6zfUN-Gbeipdm5F9cRF6p0iafxuScLMbWiGLoeNQT545ZoXz1w_aem_Ns3MT0H_xn492C5JyxgcSw" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/2/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/670/-/moravsky-pohar-ipsc-3-kolo-hovorany" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/rrm/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_PCC_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://match.kssk.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-maj/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1476/RDA-Krvava-Pani-1---Match-Series-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldextremecup.com/extreme-euro-open/registration/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=Helmbrechts_Cup_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2026ehc.ipscmatches.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-jun/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/3/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/668/-/3-czech-superleague-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1478/Gemershooting-Rifle-Match-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1479/Gemeshooting-Handgun-Match-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlasopen2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/669/-/moravsky-pohar-ipsc-4-kolo-hovorany" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1477/Krvava-Pani-2---2026-match-Seriesv" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/663/-/ipsc-nationals-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscpolishopen.pl/en" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.kssk.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extralig26/F/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-autumn26/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/slo/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=HCPCC-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_HCHL-Herbst" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1483/Krvava-Pani-3---FINALE-2026-Match-Series" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K17"/>
+  <dimension ref="A1:K84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="80" customWidth="true" style="0"/>
     <col min="9" max="9" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -629,590 +1004,2823 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="1">
-        <v>45933</v>
+        <v>46019</v>
       </c>
       <c r="B2" s="1">
-        <v>45934</v>
+        <v>46019</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="1">
-        <v>45933</v>
+        <v>46039</v>
       </c>
       <c r="B3" s="1">
-        <v>45934</v>
+        <v>46039</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="1">
-        <v>45934</v>
+        <v>46067</v>
       </c>
       <c r="B4" s="1">
-        <v>45934</v>
+        <v>46067</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G4" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4">
+        <v>7</v>
+      </c>
+      <c r="J4" t="s">
+        <v>16</v>
+      </c>
+      <c r="K4" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1">
-        <v>45935</v>
+        <v>46089</v>
       </c>
       <c r="B5" s="1">
-        <v>45935</v>
+        <v>46089</v>
       </c>
       <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
         <v>25</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5">
+        <v>8</v>
+      </c>
+      <c r="I5" s="1">
+        <v>45990</v>
+      </c>
+      <c r="J5" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="K5" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="1">
-        <v>45942</v>
+        <v>46089</v>
       </c>
       <c r="B6" s="1">
-        <v>45942</v>
+        <v>46089</v>
       </c>
       <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>16</v>
+      </c>
+      <c r="K6" t="s">
         <v>31</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="1">
-        <v>45949</v>
+        <v>46095</v>
       </c>
       <c r="B7" s="1">
-        <v>45949</v>
+        <v>46095</v>
       </c>
       <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7">
+        <v>3</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
         <v>35</v>
-      </c>
-[...19 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1">
-        <v>45949</v>
+        <v>46096</v>
       </c>
       <c r="B8" s="1">
-        <v>45949</v>
+        <v>46096</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="H8">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="J8" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="K8" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="1">
-        <v>45955</v>
+        <v>46096</v>
       </c>
       <c r="B9" s="1">
-        <v>45956</v>
+        <v>46096</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H9">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J9" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="K9" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="1">
-        <v>45962</v>
+        <v>46102</v>
       </c>
       <c r="B10" s="1">
-        <v>45962</v>
+        <v>46103</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10">
+        <v>8</v>
+      </c>
+      <c r="I10" s="1">
+        <v>46023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="1">
-        <v>45969</v>
+        <v>46102</v>
       </c>
       <c r="B11" s="1">
-        <v>45969</v>
+        <v>46103</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>29</v>
+      </c>
+      <c r="G11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11">
+        <v>14</v>
+      </c>
+      <c r="J11" t="s">
+        <v>52</v>
+      </c>
+      <c r="K11" t="s">
         <v>53</v>
-      </c>
-[...13 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="1">
-        <v>46019</v>
+        <v>46109</v>
       </c>
       <c r="B12" s="1">
-        <v>46019</v>
+        <v>46109</v>
       </c>
       <c r="C12" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G12" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12">
+        <v>8</v>
+      </c>
+      <c r="J12" t="s">
         <v>56</v>
       </c>
-      <c r="G12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="1">
-        <v>46089</v>
+        <v>46109</v>
       </c>
       <c r="B13" s="1">
-        <v>46089</v>
+        <v>46109</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>58</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G13" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="H13">
         <v>8</v>
       </c>
-      <c r="I13" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="K13" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="1">
-        <v>46152</v>
+        <v>46109</v>
       </c>
       <c r="B14" s="1">
-        <v>46152</v>
+        <v>46109</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" t="s">
+        <v>19</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14">
+        <v>6</v>
+      </c>
+      <c r="J14" t="s">
         <v>61</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
       <c r="K14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="1">
-        <v>46187</v>
+        <v>46109</v>
       </c>
       <c r="B15" s="1">
-        <v>46187</v>
+        <v>46110</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" t="s">
+        <v>29</v>
+      </c>
+      <c r="G15" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15">
         <v>14</v>
       </c>
-      <c r="G15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="K15" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="1">
-        <v>46214</v>
+        <v>46116</v>
       </c>
       <c r="B16" s="1">
-        <v>46214</v>
+        <v>46117</v>
       </c>
       <c r="C16" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F16" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G16" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="H16">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I16" s="1">
-        <v>46121</v>
+        <v>45991</v>
       </c>
       <c r="J16" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="K16" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="1">
+        <v>46123</v>
+      </c>
+      <c r="B17" s="1">
+        <v>46123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
+        <v>19</v>
+      </c>
+      <c r="G17" t="s">
+        <v>30</v>
+      </c>
+      <c r="H17">
+        <v>3</v>
+      </c>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" s="1">
+        <v>46123</v>
+      </c>
+      <c r="B18" s="1">
+        <v>46124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18">
+        <v>24</v>
+      </c>
+      <c r="I18" s="1">
+        <v>45962</v>
+      </c>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" s="1">
+        <v>46131</v>
+      </c>
+      <c r="B19" s="1">
+        <v>46131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19">
+        <v>13</v>
+      </c>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" s="1">
+        <v>46137</v>
+      </c>
+      <c r="B20" s="1">
+        <v>46137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>78</v>
+      </c>
+      <c r="F20" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20">
+        <v>6</v>
+      </c>
+      <c r="J20" t="s">
+        <v>61</v>
+      </c>
+      <c r="K20" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" s="1">
+        <v>46137</v>
+      </c>
+      <c r="B21" s="1">
+        <v>46137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>19</v>
+      </c>
+      <c r="G21" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21">
+        <v>8</v>
+      </c>
+      <c r="J21" t="s">
+        <v>81</v>
+      </c>
+      <c r="K21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="1">
+        <v>46137</v>
+      </c>
+      <c r="B22" s="1">
+        <v>46138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" t="s">
+        <v>84</v>
+      </c>
+      <c r="H22">
+        <v>15</v>
+      </c>
+      <c r="I22" s="1">
+        <v>45986</v>
+      </c>
+      <c r="J22" t="s">
+        <v>52</v>
+      </c>
+      <c r="K22" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="1">
+        <v>46138</v>
+      </c>
+      <c r="B23" s="1">
+        <v>46138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" t="s">
+        <v>19</v>
+      </c>
+      <c r="G23" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23">
+        <v>6</v>
+      </c>
+      <c r="J23" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="1">
+        <v>46142</v>
+      </c>
+      <c r="B24" s="1">
+        <v>46145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E24" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" t="s">
+        <v>30</v>
+      </c>
+      <c r="H24">
+        <v>16</v>
+      </c>
+      <c r="I24" s="1">
+        <v>46026</v>
+      </c>
+      <c r="J24" t="s">
+        <v>92</v>
+      </c>
+      <c r="K24" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="1">
+        <v>46143</v>
+      </c>
+      <c r="B25" s="1">
+        <v>46145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" t="s">
+        <v>90</v>
+      </c>
+      <c r="E25" t="s">
+        <v>94</v>
+      </c>
+      <c r="F25" t="s">
+        <v>29</v>
+      </c>
+      <c r="G25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H25">
+        <v>16</v>
+      </c>
+      <c r="I25" s="1">
+        <v>46026</v>
+      </c>
+      <c r="J25" t="s">
+        <v>92</v>
+      </c>
+      <c r="K25" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="1">
+        <v>46144</v>
+      </c>
+      <c r="B26" s="1">
+        <v>46145</v>
+      </c>
+      <c r="C26" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" t="s">
+        <v>24</v>
+      </c>
+      <c r="E26" t="s">
+        <v>98</v>
+      </c>
+      <c r="F26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26">
+        <v>20</v>
+      </c>
+      <c r="J26" t="s">
+        <v>97</v>
+      </c>
+      <c r="K26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="1">
+        <v>46151</v>
+      </c>
+      <c r="B27" s="1">
+        <v>46151</v>
+      </c>
+      <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27">
+        <v>6</v>
+      </c>
+      <c r="J27" t="s">
+        <v>61</v>
+      </c>
+      <c r="K27" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="1">
+        <v>46151</v>
+      </c>
+      <c r="B28" s="1">
+        <v>46152</v>
+      </c>
+      <c r="C28" t="s">
+        <v>63</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>29</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28">
+        <v>12</v>
+      </c>
+      <c r="J28" t="s">
+        <v>66</v>
+      </c>
+      <c r="K28" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" s="1">
+        <v>46152</v>
+      </c>
+      <c r="B29" s="1">
+        <v>46152</v>
+      </c>
+      <c r="C29" t="s">
+        <v>23</v>
+      </c>
+      <c r="D29" t="s">
+        <v>24</v>
+      </c>
+      <c r="E29" t="s">
+        <v>102</v>
+      </c>
+      <c r="F29" t="s">
+        <v>19</v>
+      </c>
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29">
+        <v>8</v>
+      </c>
+      <c r="I29" s="1">
+        <v>46112</v>
+      </c>
+      <c r="J29" t="s">
+        <v>26</v>
+      </c>
+      <c r="K29" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="1">
+        <v>46158</v>
+      </c>
+      <c r="B30" s="1">
+        <v>46158</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>104</v>
+      </c>
+      <c r="F30" t="s">
+        <v>19</v>
+      </c>
+      <c r="G30" t="s">
+        <v>30</v>
+      </c>
+      <c r="H30">
+        <v>3</v>
+      </c>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="1">
+        <v>46159</v>
+      </c>
+      <c r="B31" s="1">
+        <v>46159</v>
+      </c>
+      <c r="C31" t="s">
+        <v>50</v>
+      </c>
+      <c r="D31" t="s">
+        <v>24</v>
+      </c>
+      <c r="E31" t="s">
+        <v>105</v>
+      </c>
+      <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31">
+        <v>8</v>
+      </c>
+      <c r="J31" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="1">
+        <v>46165</v>
+      </c>
+      <c r="B32" s="1">
+        <v>46166</v>
+      </c>
+      <c r="C32" t="s">
+        <v>97</v>
+      </c>
+      <c r="D32" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32">
+        <v>20</v>
+      </c>
+      <c r="J32" t="s">
+        <v>108</v>
+      </c>
+      <c r="K32" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="1">
+        <v>46165</v>
+      </c>
+      <c r="B33" s="1">
+        <v>46165</v>
+      </c>
+      <c r="C33" t="s">
+        <v>54</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>110</v>
+      </c>
+      <c r="F33" t="s">
+        <v>19</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33">
+        <v>8</v>
+      </c>
+      <c r="J33" t="s">
+        <v>56</v>
+      </c>
+      <c r="K33" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" s="1">
+        <v>46165</v>
+      </c>
+      <c r="B34" s="1">
+        <v>46165</v>
+      </c>
+      <c r="C34" t="s">
+        <v>54</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>112</v>
+      </c>
+      <c r="F34" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" t="s">
+        <v>113</v>
+      </c>
+      <c r="H34">
+        <v>8</v>
+      </c>
+      <c r="J34" t="s">
+        <v>56</v>
+      </c>
+      <c r="K34" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" s="1">
+        <v>46166</v>
+      </c>
+      <c r="B35" s="1">
+        <v>46166</v>
+      </c>
+      <c r="C35" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>114</v>
+      </c>
+      <c r="F35" t="s">
+        <v>19</v>
+      </c>
+      <c r="G35" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35">
+        <v>8</v>
+      </c>
+      <c r="J35" t="s">
+        <v>43</v>
+      </c>
+      <c r="K35" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" s="1">
+        <v>46170</v>
+      </c>
+      <c r="B36" s="1">
+        <v>46172</v>
+      </c>
+      <c r="C36" t="s">
+        <v>36</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>115</v>
+      </c>
+      <c r="F36" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36">
+        <v>30</v>
+      </c>
+      <c r="J36" t="s">
+        <v>116</v>
+      </c>
+      <c r="K36" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" s="1">
+        <v>46172</v>
+      </c>
+      <c r="B37" s="1">
+        <v>46172</v>
+      </c>
+      <c r="C37" t="s">
+        <v>59</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>118</v>
+      </c>
+      <c r="F37" t="s">
+        <v>19</v>
+      </c>
+      <c r="G37" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37">
+        <v>6</v>
+      </c>
+      <c r="J37" t="s">
+        <v>61</v>
+      </c>
+      <c r="K37" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="1">
+        <v>46177</v>
+      </c>
+      <c r="B38" s="1">
+        <v>46180</v>
+      </c>
+      <c r="C38" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38" t="s">
+        <v>46</v>
+      </c>
+      <c r="E38" t="s">
+        <v>119</v>
+      </c>
+      <c r="F38" t="s">
+        <v>29</v>
+      </c>
+      <c r="G38" t="s">
+        <v>30</v>
+      </c>
+      <c r="H38">
+        <v>12</v>
+      </c>
+      <c r="I38" s="1">
+        <v>46023</v>
+      </c>
+      <c r="J38" t="s">
+        <v>48</v>
+      </c>
+      <c r="K38" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" s="1">
+        <v>46180</v>
+      </c>
+      <c r="B39" s="1">
+        <v>46186</v>
+      </c>
+      <c r="C39" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E39" t="s">
+        <v>122</v>
+      </c>
+      <c r="F39" t="s">
+        <v>123</v>
+      </c>
+      <c r="G39" t="s">
+        <v>30</v>
+      </c>
+      <c r="H39">
+        <v>24</v>
+      </c>
+      <c r="J39" t="s">
+        <v>74</v>
+      </c>
+      <c r="K39" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" s="1">
+        <v>46186</v>
+      </c>
+      <c r="B40" s="1">
+        <v>46186</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>125</v>
+      </c>
+      <c r="F40" t="s">
+        <v>19</v>
+      </c>
+      <c r="G40" t="s">
+        <v>30</v>
+      </c>
+      <c r="H40">
+        <v>3</v>
+      </c>
+      <c r="J40" t="s">
+        <v>34</v>
+      </c>
+      <c r="K40" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" s="1">
+        <v>46186</v>
+      </c>
+      <c r="B41" s="1">
+        <v>46186</v>
+      </c>
+      <c r="C41" t="s">
+        <v>59</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>126</v>
+      </c>
+      <c r="F41" t="s">
+        <v>19</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41">
+        <v>6</v>
+      </c>
+      <c r="J41" t="s">
+        <v>61</v>
+      </c>
+      <c r="K41" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" s="1">
+        <v>46187</v>
+      </c>
+      <c r="B42" s="1">
+        <v>46187</v>
+      </c>
+      <c r="C42" t="s">
+        <v>23</v>
+      </c>
+      <c r="D42" t="s">
+        <v>24</v>
+      </c>
+      <c r="E42" t="s">
+        <v>127</v>
+      </c>
+      <c r="F42" t="s">
+        <v>19</v>
+      </c>
+      <c r="G42" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42">
+        <v>8</v>
+      </c>
+      <c r="I42" s="1">
+        <v>46147</v>
+      </c>
+      <c r="J42" t="s">
+        <v>26</v>
+      </c>
+      <c r="K42" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" s="1">
+        <v>46194</v>
+      </c>
+      <c r="B43" s="1">
+        <v>46194</v>
+      </c>
+      <c r="C43" t="s">
+        <v>36</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>129</v>
+      </c>
+      <c r="F43" t="s">
+        <v>29</v>
+      </c>
+      <c r="G43" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43">
+        <v>13</v>
+      </c>
+      <c r="J43" t="s">
+        <v>38</v>
+      </c>
+      <c r="K43" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" s="1">
+        <v>46201</v>
+      </c>
+      <c r="B44" s="1">
+        <v>46201</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>131</v>
+      </c>
+      <c r="F44" t="s">
+        <v>29</v>
+      </c>
+      <c r="G44" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44">
+        <v>12</v>
+      </c>
+      <c r="J44" t="s">
+        <v>16</v>
+      </c>
+      <c r="K44" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" s="1">
+        <v>46207</v>
+      </c>
+      <c r="B45" s="1">
+        <v>46207</v>
+      </c>
+      <c r="C45" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" t="s">
+        <v>24</v>
+      </c>
+      <c r="E45" t="s">
+        <v>133</v>
+      </c>
+      <c r="F45" t="s">
+        <v>19</v>
+      </c>
+      <c r="G45" t="s">
+        <v>134</v>
+      </c>
+      <c r="H45">
+        <v>8</v>
+      </c>
+      <c r="J45" t="s">
+        <v>52</v>
+      </c>
+      <c r="K45" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" s="1">
+        <v>46207</v>
+      </c>
+      <c r="B46" s="1">
+        <v>46207</v>
+      </c>
+      <c r="C46" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>136</v>
+      </c>
+      <c r="F46" t="s">
+        <v>19</v>
+      </c>
+      <c r="G46" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46">
+        <v>6</v>
+      </c>
+      <c r="J46" t="s">
+        <v>61</v>
+      </c>
+      <c r="K46" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" s="1">
+        <v>46208</v>
+      </c>
+      <c r="B47" s="1">
+        <v>46208</v>
+      </c>
+      <c r="C47" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" t="s">
+        <v>137</v>
+      </c>
+      <c r="F47" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47">
+        <v>8</v>
+      </c>
+      <c r="J47" t="s">
+        <v>52</v>
+      </c>
+      <c r="K47" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" s="1">
+        <v>46210</v>
+      </c>
+      <c r="B48" s="1">
+        <v>46215</v>
+      </c>
+      <c r="C48" t="s">
+        <v>89</v>
+      </c>
+      <c r="D48" t="s">
+        <v>90</v>
+      </c>
+      <c r="E48" t="s">
+        <v>139</v>
+      </c>
+      <c r="F48" t="s">
+        <v>29</v>
+      </c>
+      <c r="G48" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48">
+        <v>16</v>
+      </c>
+      <c r="I48" s="1">
+        <v>46026</v>
+      </c>
+      <c r="J48" t="s">
+        <v>92</v>
+      </c>
+      <c r="K48" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" s="1">
+        <v>46214</v>
+      </c>
+      <c r="B49" s="1">
+        <v>46214</v>
+      </c>
+      <c r="C49" t="s">
+        <v>23</v>
+      </c>
+      <c r="D49" t="s">
+        <v>24</v>
+      </c>
+      <c r="E49" t="s">
+        <v>140</v>
+      </c>
+      <c r="F49" t="s">
+        <v>29</v>
+      </c>
+      <c r="G49" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49">
+        <v>15</v>
+      </c>
+      <c r="I49" s="1">
+        <v>46121</v>
+      </c>
+      <c r="J49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K49" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" s="1">
+        <v>46214</v>
+      </c>
+      <c r="B50" s="1">
+        <v>46214</v>
+      </c>
+      <c r="C50" t="s">
+        <v>54</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>142</v>
+      </c>
+      <c r="F50" t="s">
+        <v>19</v>
+      </c>
+      <c r="G50" t="s">
+        <v>113</v>
+      </c>
+      <c r="H50">
+        <v>8</v>
+      </c>
+      <c r="J50" t="s">
+        <v>56</v>
+      </c>
+      <c r="K50" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" s="1">
+        <v>46214</v>
+      </c>
+      <c r="B51" s="1">
+        <v>46214</v>
+      </c>
+      <c r="C51" t="s">
+        <v>54</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>143</v>
+      </c>
+      <c r="F51" t="s">
+        <v>19</v>
+      </c>
+      <c r="G51" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51">
+        <v>8</v>
+      </c>
+      <c r="J51" t="s">
+        <v>56</v>
+      </c>
+      <c r="K51" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" s="1">
+        <v>46215</v>
+      </c>
+      <c r="B52" s="1">
+        <v>46215</v>
+      </c>
+      <c r="C52" t="s">
+        <v>86</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>144</v>
+      </c>
+      <c r="F52" t="s">
+        <v>19</v>
+      </c>
+      <c r="G52" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52">
+        <v>6</v>
+      </c>
+      <c r="J52" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" s="1">
+        <v>46221</v>
+      </c>
+      <c r="B53" s="1">
+        <v>46221</v>
+      </c>
+      <c r="C53" t="s">
+        <v>59</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>145</v>
+      </c>
+      <c r="F53" t="s">
+        <v>19</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53">
+        <v>6</v>
+      </c>
+      <c r="J53" t="s">
+        <v>61</v>
+      </c>
+      <c r="K53" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" s="1">
+        <v>46221</v>
+      </c>
+      <c r="B54" s="1">
+        <v>46221</v>
+      </c>
+      <c r="C54" t="s">
+        <v>79</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>146</v>
+      </c>
+      <c r="F54" t="s">
+        <v>19</v>
+      </c>
+      <c r="G54" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54">
+        <v>8</v>
+      </c>
+      <c r="J54" t="s">
+        <v>81</v>
+      </c>
+      <c r="K54" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" s="1">
+        <v>46229</v>
+      </c>
+      <c r="B55" s="1">
+        <v>46229</v>
+      </c>
+      <c r="C55" t="s">
+        <v>50</v>
+      </c>
+      <c r="D55" t="s">
+        <v>24</v>
+      </c>
+      <c r="E55" t="s">
+        <v>148</v>
+      </c>
+      <c r="F55" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55">
+        <v>8</v>
+      </c>
+      <c r="J55" t="s">
+        <v>52</v>
+      </c>
+      <c r="K55" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" s="1">
+        <v>46235</v>
+      </c>
+      <c r="B56" s="1">
+        <v>46235</v>
+      </c>
+      <c r="C56" t="s">
+        <v>59</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>150</v>
+      </c>
+      <c r="F56" t="s">
+        <v>19</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56">
+        <v>6</v>
+      </c>
+      <c r="J56" t="s">
+        <v>61</v>
+      </c>
+      <c r="K56" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" s="1">
+        <v>46236</v>
+      </c>
+      <c r="B57" s="1">
+        <v>46236</v>
+      </c>
+      <c r="C57" t="s">
+        <v>36</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>151</v>
+      </c>
+      <c r="F57" t="s">
+        <v>29</v>
+      </c>
+      <c r="G57" t="s">
+        <v>65</v>
+      </c>
+      <c r="H57">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" s="1">
+        <v>46249</v>
+      </c>
+      <c r="B58" s="1">
+        <v>46250</v>
+      </c>
+      <c r="C58" t="s">
+        <v>50</v>
+      </c>
+      <c r="D58" t="s">
+        <v>24</v>
+      </c>
+      <c r="E58" t="s">
+        <v>153</v>
+      </c>
+      <c r="F58" t="s">
+        <v>29</v>
+      </c>
+      <c r="G58" t="s">
+        <v>30</v>
+      </c>
+      <c r="H58">
+        <v>30</v>
+      </c>
+      <c r="J58" t="s">
+        <v>154</v>
+      </c>
+      <c r="K58" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" s="1">
+        <v>46256</v>
+      </c>
+      <c r="B59" s="1">
+        <v>46257</v>
+      </c>
+      <c r="C59" t="s">
+        <v>63</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>156</v>
+      </c>
+      <c r="F59" t="s">
+        <v>29</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59">
+        <v>12</v>
+      </c>
+      <c r="J59" t="s">
+        <v>66</v>
+      </c>
+      <c r="K59" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" s="1">
+        <v>46256</v>
+      </c>
+      <c r="B60" s="1">
+        <v>46256</v>
+      </c>
+      <c r="C60" t="s">
+        <v>59</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>157</v>
+      </c>
+      <c r="F60" t="s">
+        <v>19</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60">
+        <v>6</v>
+      </c>
+      <c r="J60" t="s">
+        <v>61</v>
+      </c>
+      <c r="K60" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" s="1">
+        <v>46263</v>
+      </c>
+      <c r="B61" s="1">
+        <v>46264</v>
+      </c>
+      <c r="C61" t="s">
+        <v>89</v>
+      </c>
+      <c r="D61" t="s">
+        <v>90</v>
+      </c>
+      <c r="E61" t="s">
+        <v>158</v>
+      </c>
+      <c r="F61" t="s">
+        <v>29</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61">
+        <v>24</v>
+      </c>
+      <c r="I61" s="1">
+        <v>46113</v>
+      </c>
+      <c r="J61" t="s">
+        <v>159</v>
+      </c>
+      <c r="K61" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" s="1">
+        <v>46270</v>
+      </c>
+      <c r="B62" s="1">
+        <v>46270</v>
+      </c>
+      <c r="C62" t="s">
+        <v>32</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>161</v>
+      </c>
+      <c r="F62" t="s">
+        <v>19</v>
+      </c>
+      <c r="G62" t="s">
+        <v>30</v>
+      </c>
+      <c r="H62">
+        <v>3</v>
+      </c>
+      <c r="J62" t="s">
+        <v>34</v>
+      </c>
+      <c r="K62" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" s="1">
+        <v>46270</v>
+      </c>
+      <c r="B63" s="1">
+        <v>46271</v>
+      </c>
+      <c r="C63" t="s">
+        <v>63</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>162</v>
+      </c>
+      <c r="F63" t="s">
+        <v>29</v>
+      </c>
+      <c r="G63" t="s">
+        <v>65</v>
+      </c>
+      <c r="H63">
+        <v>18</v>
+      </c>
+      <c r="J63" t="s">
+        <v>66</v>
+      </c>
+      <c r="K63" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" s="1">
+        <v>46271</v>
+      </c>
+      <c r="B64" s="1">
+        <v>46271</v>
+      </c>
+      <c r="C64" t="s">
+        <v>97</v>
+      </c>
+      <c r="D64" t="s">
+        <v>24</v>
+      </c>
+      <c r="E64" t="s">
+        <v>163</v>
+      </c>
+      <c r="F64" t="s">
+        <v>29</v>
+      </c>
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64">
+        <v>8</v>
+      </c>
+      <c r="J64" t="s">
+        <v>97</v>
+      </c>
+      <c r="K64" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" s="1">
+        <v>46271</v>
+      </c>
+      <c r="B65" s="1">
+        <v>46271</v>
+      </c>
+      <c r="C65" t="s">
+        <v>40</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>165</v>
+      </c>
+      <c r="F65" t="s">
+        <v>19</v>
+      </c>
+      <c r="G65" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65">
+        <v>8</v>
+      </c>
+      <c r="J65" t="s">
+        <v>43</v>
+      </c>
+      <c r="K65" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" s="1">
+        <v>46278</v>
+      </c>
+      <c r="B66" s="1">
+        <v>46278</v>
+      </c>
+      <c r="C66" t="s">
+        <v>36</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>166</v>
+      </c>
+      <c r="F66" t="s">
+        <v>29</v>
+      </c>
+      <c r="G66" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66">
+        <v>13</v>
+      </c>
+      <c r="J66" t="s">
+        <v>38</v>
+      </c>
+      <c r="K66" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" s="1">
+        <v>46285</v>
+      </c>
+      <c r="B67" s="1">
+        <v>46285</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>168</v>
+      </c>
+      <c r="F67" t="s">
+        <v>29</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67">
+        <v>12</v>
+      </c>
+      <c r="J67" t="s">
+        <v>16</v>
+      </c>
+      <c r="K67" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" s="1">
+        <v>46291</v>
+      </c>
+      <c r="B68" s="1">
+        <v>46291</v>
+      </c>
+      <c r="C68" t="s">
+        <v>54</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>169</v>
+      </c>
+      <c r="F68" t="s">
+        <v>19</v>
+      </c>
+      <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68">
+        <v>8</v>
+      </c>
+      <c r="J68" t="s">
+        <v>56</v>
+      </c>
+      <c r="K68" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" s="1">
+        <v>46291</v>
+      </c>
+      <c r="B69" s="1">
+        <v>46291</v>
+      </c>
+      <c r="C69" t="s">
+        <v>54</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>170</v>
+      </c>
+      <c r="F69" t="s">
+        <v>19</v>
+      </c>
+      <c r="G69" t="s">
+        <v>113</v>
+      </c>
+      <c r="H69">
+        <v>8</v>
+      </c>
+      <c r="J69" t="s">
+        <v>56</v>
+      </c>
+      <c r="K69" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" s="1">
         <v>46292</v>
       </c>
-      <c r="B17" s="1">
+      <c r="B70" s="1">
         <v>46292</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="C70" t="s">
+        <v>23</v>
+      </c>
+      <c r="D70" t="s">
+        <v>24</v>
+      </c>
+      <c r="E70" t="s">
+        <v>171</v>
+      </c>
+      <c r="F70" t="s">
+        <v>19</v>
+      </c>
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70">
+        <v>9</v>
+      </c>
+      <c r="I70" s="1">
+        <v>45927</v>
+      </c>
+      <c r="J70" t="s">
+        <v>26</v>
+      </c>
+      <c r="K70" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" s="1">
+        <v>46298</v>
+      </c>
+      <c r="B71" s="1">
+        <v>46298</v>
+      </c>
+      <c r="C71" t="s">
+        <v>32</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>173</v>
+      </c>
+      <c r="F71" t="s">
+        <v>19</v>
+      </c>
+      <c r="G71" t="s">
+        <v>30</v>
+      </c>
+      <c r="H71">
+        <v>3</v>
+      </c>
+      <c r="J71" t="s">
+        <v>34</v>
+      </c>
+      <c r="K71" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" s="1">
+        <v>46299</v>
+      </c>
+      <c r="B72" s="1">
+        <v>46299</v>
+      </c>
+      <c r="C72" t="s">
+        <v>50</v>
+      </c>
+      <c r="D72" t="s">
+        <v>24</v>
+      </c>
+      <c r="E72" t="s">
+        <v>174</v>
+      </c>
+      <c r="F72" t="s">
+        <v>29</v>
+      </c>
+      <c r="G72" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72">
+        <v>15</v>
+      </c>
+      <c r="I72" s="1">
+        <v>46150</v>
+      </c>
+      <c r="J72" t="s">
+        <v>52</v>
+      </c>
+      <c r="K72" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" s="1">
+        <v>46299</v>
+      </c>
+      <c r="B73" s="1">
+        <v>46299</v>
+      </c>
+      <c r="C73" t="s">
+        <v>40</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>176</v>
+      </c>
+      <c r="F73" t="s">
+        <v>19</v>
+      </c>
+      <c r="G73" t="s">
+        <v>42</v>
+      </c>
+      <c r="H73">
+        <v>6</v>
+      </c>
+      <c r="J73" t="s">
+        <v>43</v>
+      </c>
+      <c r="K73" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" s="1">
+        <v>46305</v>
+      </c>
+      <c r="B74" s="1">
+        <v>46305</v>
+      </c>
+      <c r="C74" t="s">
+        <v>45</v>
+      </c>
+      <c r="D74" t="s">
+        <v>46</v>
+      </c>
+      <c r="E74" t="s">
+        <v>177</v>
+      </c>
+      <c r="F74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" t="s">
+        <v>95</v>
+      </c>
+      <c r="H74">
+        <v>8</v>
+      </c>
+      <c r="I74" s="1">
+        <v>46143</v>
+      </c>
+      <c r="J74" t="s">
+        <v>48</v>
+      </c>
+      <c r="K74" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" s="1">
+        <v>46306</v>
+      </c>
+      <c r="B75" s="1">
+        <v>46306</v>
+      </c>
+      <c r="C75" t="s">
+        <v>45</v>
+      </c>
+      <c r="D75" t="s">
+        <v>46</v>
+      </c>
+      <c r="E75" t="s">
+        <v>179</v>
+      </c>
+      <c r="F75" t="s">
+        <v>19</v>
+      </c>
+      <c r="G75" t="s">
+        <v>30</v>
+      </c>
+      <c r="H75">
+        <v>8</v>
+      </c>
+      <c r="I75" s="1">
+        <v>46143</v>
+      </c>
+      <c r="J75" t="s">
+        <v>48</v>
+      </c>
+      <c r="K75" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" s="1">
+        <v>46306</v>
+      </c>
+      <c r="B76" s="1">
+        <v>46306</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>181</v>
+      </c>
+      <c r="F76" t="s">
+        <v>29</v>
+      </c>
+      <c r="G76" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76">
+        <v>12</v>
+      </c>
+      <c r="J76" t="s">
+        <v>16</v>
+      </c>
+      <c r="K76" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" s="1">
+        <v>46313</v>
+      </c>
+      <c r="B77" s="1">
+        <v>46313</v>
+      </c>
+      <c r="C77" t="s">
+        <v>36</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>183</v>
+      </c>
+      <c r="F77" t="s">
+        <v>19</v>
+      </c>
+      <c r="G77" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77">
+        <v>11</v>
+      </c>
+      <c r="J77" t="s">
+        <v>38</v>
+      </c>
+      <c r="K77" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" s="1">
+        <v>46313</v>
+      </c>
+      <c r="B78" s="1">
+        <v>46313</v>
+      </c>
+      <c r="C78" t="s">
+        <v>50</v>
+      </c>
+      <c r="D78" t="s">
+        <v>24</v>
+      </c>
+      <c r="E78" t="s">
+        <v>185</v>
+      </c>
+      <c r="F78" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78">
+        <v>9</v>
+      </c>
+      <c r="J78" t="s">
+        <v>52</v>
+      </c>
+      <c r="K78" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" s="1">
+        <v>46319</v>
+      </c>
+      <c r="B79" s="1">
+        <v>46319</v>
+      </c>
+      <c r="C79" t="s">
+        <v>79</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>187</v>
+      </c>
+      <c r="F79" t="s">
+        <v>19</v>
+      </c>
+      <c r="G79" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79">
+        <v>8</v>
+      </c>
+      <c r="J79" t="s">
+        <v>81</v>
+      </c>
+      <c r="K79" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" s="1">
+        <v>46320</v>
+      </c>
+      <c r="B80" s="1">
+        <v>46320</v>
+      </c>
+      <c r="C80" t="s">
+        <v>86</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>188</v>
+      </c>
+      <c r="F80" t="s">
+        <v>19</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80">
+        <v>6</v>
+      </c>
+      <c r="J80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" s="1">
+        <v>46333</v>
+      </c>
+      <c r="B81" s="1">
+        <v>46334</v>
+      </c>
+      <c r="C81" t="s">
+        <v>63</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>189</v>
+      </c>
+      <c r="F81" t="s">
+        <v>29</v>
+      </c>
+      <c r="G81" t="s">
+        <v>190</v>
+      </c>
+      <c r="H81">
+        <v>12</v>
+      </c>
+      <c r="J81" t="s">
+        <v>66</v>
+      </c>
+      <c r="K81" t="s">
         <v>67</v>
       </c>
-      <c r="F17" t="s">
-[...15 lines deleted...]
-        <v>68</v>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" s="1">
+        <v>46334</v>
+      </c>
+      <c r="B82" s="1">
+        <v>46334</v>
+      </c>
+      <c r="C82" t="s">
+        <v>54</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>191</v>
+      </c>
+      <c r="F82" t="s">
+        <v>19</v>
+      </c>
+      <c r="G82" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82">
+        <v>10</v>
+      </c>
+      <c r="J82" t="s">
+        <v>56</v>
+      </c>
+      <c r="K82" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" s="1">
+        <v>46341</v>
+      </c>
+      <c r="B83" s="1">
+        <v>46341</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>192</v>
+      </c>
+      <c r="F83" t="s">
+        <v>19</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83">
+        <v>8</v>
+      </c>
+      <c r="J83" t="s">
+        <v>16</v>
+      </c>
+      <c r="K83" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" s="1">
+        <v>46383</v>
+      </c>
+      <c r="B84" s="1">
+        <v>46383</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>193</v>
+      </c>
+      <c r="F84" t="s">
+        <v>19</v>
+      </c>
+      <c r="G84" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84">
+        <v>10</v>
+      </c>
+      <c r="J84" t="s">
+        <v>16</v>
+      </c>
+      <c r="K84" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
-[...9 lines deleted...]
-    <hyperlink ref="K17" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="K6" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="K7" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="K8" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="K9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="K10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="K11" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="K12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="K13" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="K14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="K15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="K16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="K17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="K18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="K19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="K20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="K21" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="K27" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="K28" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="K29" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="K30" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="K31" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="K32" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="K33" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="K34" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="K35" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="K36" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="K37" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="K38" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="K39" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="K40" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="K41" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="K42" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="K43" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="K44" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="K45" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="K46" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="K47" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="K48" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="K49" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="K50" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="K51" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="K53" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="K54" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="K55" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="K56" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="K58" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="K59" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="K60" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="K61" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="K62" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="K63" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="K64" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="K65" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="K66" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="K67" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="K68" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="K69" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="K70" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="K71" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="K72" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="K73" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="K74" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="K75" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="K76" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="K77" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="K78" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="K79" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="K81" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="K82" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="K83" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="K84" r:id="rId_hyperlink_79"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>