--- v1 (2025-12-07)
+++ v2 (2026-02-08)
@@ -12,214 +12,202 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalendář závodů" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Datum od</t>
   </si>
   <si>
     <t>Datum do</t>
   </si>
   <si>
     <t>Místo</t>
   </si>
   <si>
     <t>Země</t>
   </si>
   <si>
     <t>Název</t>
   </si>
   <si>
     <t>Level</t>
   </si>
   <si>
     <t>Zbraň</t>
   </si>
   <si>
     <t>Stages</t>
   </si>
   <si>
     <t>Registrace</t>
   </si>
   <si>
     <t>Organizátor</t>
   </si>
   <si>
     <t>Odkaz</t>
   </si>
   <si>
     <t>Oblekovice</t>
   </si>
   <si>
     <t>Česká republika</t>
   </si>
   <si>
-    <t>DiscoBall</t>
+    <t>Moravský pohár, 2. kolo</t>
+  </si>
+  <si>
+    <t>LEVEL 1</t>
+  </si>
+  <si>
+    <t>HANDGUN/PCC</t>
+  </si>
+  <si>
+    <t>ALSA PRO TEAM</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/667/-/moravsky-pohar-ipsc-2026-2-kolo</t>
+  </si>
+  <si>
+    <t>SCA Shooting Center</t>
+  </si>
+  <si>
+    <t>Slovensko</t>
+  </si>
+  <si>
+    <t>Atlas ONE 2026</t>
+  </si>
+  <si>
+    <t>ATLAS</t>
+  </si>
+  <si>
+    <t>https://www.squad.sk/atlas/one/index_cz.php</t>
+  </si>
+  <si>
+    <t>1. CZECH SUPERLEAGUE</t>
+  </si>
+  <si>
+    <t>LEVEL 3</t>
+  </si>
+  <si>
+    <t>HANDGUN</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/666/-/1-czech-superleague-2026</t>
+  </si>
+  <si>
+    <t>Prostějov</t>
+  </si>
+  <si>
+    <t>Černá hora Cup, 1. kolo</t>
+  </si>
+  <si>
+    <t>Střelecký klub Prostějov</t>
+  </si>
+  <si>
+    <t>https://www.ipsc-pv.cz/registrace/1kolo2026/index_cz.php</t>
+  </si>
+  <si>
+    <t>Hodonice</t>
+  </si>
+  <si>
+    <t>Extraliga IPSC Znojmo, 1. kolo</t>
+  </si>
+  <si>
+    <t>IPSC Znojmo</t>
+  </si>
+  <si>
+    <t>https://zavody.ipscznojmo.cz/extraliga26/1/index_cz.php</t>
+  </si>
+  <si>
+    <t>Žalany</t>
+  </si>
+  <si>
+    <t>Žalanský pohár IPSC, 1. kolo</t>
+  </si>
+  <si>
+    <t>RIFLE/PCC</t>
+  </si>
+  <si>
+    <t>KVZ+KPS Teplice</t>
+  </si>
+  <si>
+    <t>https://www.kvzteplice.cz/ipsc/seznam.php</t>
+  </si>
+  <si>
+    <t>Kameňolom Čachtice</t>
+  </si>
+  <si>
+    <t>Bathory Cup 2026</t>
+  </si>
+  <si>
+    <t>RDA</t>
+  </si>
+  <si>
+    <t>https://match.rdaipsc.sk/index.php/btc/registration</t>
+  </si>
+  <si>
+    <t>Helmbrechts</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Helmbrechts-Cup Half-Life Frühling 2026</t>
   </si>
   <si>
     <t>LEVEL 2</t>
   </si>
   <si>
-    <t>HANDGUN/PCC</t>
-[...97 lines deleted...]
-  <si>
     <t>IPSC Team Helmbrechts</t>
   </si>
   <si>
     <t>https://ipscmatch.de/index.pl?match=2026_HCHL-fruehling</t>
   </si>
   <si>
-    <t>Kameňolom Čachtice</t>
-[...10 lines deleted...]
-  <si>
     <t>Placy</t>
   </si>
   <si>
     <t>KMR Cup 2026, 1. kolo</t>
   </si>
   <si>
     <t>Squad</t>
   </si>
   <si>
     <t>https://www.registrace.squad.cz/1kolo2026/index_cz.php</t>
   </si>
   <si>
     <t>O pohár ČSOL 2026, 1. kolo</t>
   </si>
   <si>
     <t>AVZO Budišov</t>
   </si>
   <si>
     <t>CAIRO CZ CUP 2026, 1. kolo</t>
   </si>
   <si>
     <t>Střelci Ostrava</t>
   </si>
   <si>
     <t>https://www.strelciostrava.cz/</t>
@@ -248,173 +236,173 @@
   <si>
     <t>Černá hora Cup, 2. kolo</t>
   </si>
   <si>
     <t>https://www.ipsc-pv.cz/registrace/</t>
   </si>
   <si>
     <t>LZ lőtér Buzsák</t>
   </si>
   <si>
     <t>EHC WarmUp</t>
   </si>
   <si>
     <t>IPSC Buzsák</t>
   </si>
   <si>
     <t>https://portal.iroascoring.com/portal/events/c83cd9e5-ae73-4e4b-85aa-5f4fbe559dff/registration?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwU3haS01tRVFEMHFSSko0cXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7hpxCX2QIs6zfUN-Gbeipdm5F9cRF6p0iafxuScLMbWiGLoeNQT545ZoXz1w_aem_Ns3MT0H_xn492C5JyxgcSw</t>
   </si>
   <si>
     <t>Extraliga IPSC Znojmo, 2. kolo</t>
   </si>
   <si>
     <t>https://zavody.ipscznojmo.cz/extraliga26/2/index_cz.php</t>
   </si>
   <si>
+    <t>Střelnice Hovorany</t>
+  </si>
+  <si>
+    <t>Moravský pohár, 3. kolo</t>
+  </si>
+  <si>
+    <t>IPSC Hovorany</t>
+  </si>
+  <si>
+    <t>https://www.alsaproteam.cz/kalendar/detailudalosti/670/-/moravsky-pohar-ipsc-3-kolo-hovorany</t>
+  </si>
+  <si>
+    <t>RDA RifleMatch/CNC Rifle 2026</t>
+  </si>
+  <si>
+    <t>RIFLE/MR</t>
+  </si>
+  <si>
+    <t>https://match.rdaipsc.sk/index.php/rrm/registration</t>
+  </si>
+  <si>
     <t>CAIRO CZ CUP 2026, 2. kolo</t>
   </si>
   <si>
-    <t>Střelnice Hovorany</t>
-[...19 lines deleted...]
-  <si>
     <t>Nečichy</t>
   </si>
   <si>
     <t>Steel Cup Nečichy, 1. kolo</t>
   </si>
   <si>
     <t>Klub dynamické střelby Most</t>
   </si>
   <si>
     <t>Strzelnica Wiechlice</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Airbase Open Wiechlice 2026 HG</t>
   </si>
   <si>
     <t>Airbase Shooting Range Wiechlice</t>
   </si>
   <si>
     <t>https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by.....</t>
   </si>
   <si>
     <t>Airbase Open Wiechlice 2026 PCC sponsored by Hera Arms</t>
   </si>
   <si>
     <t>PCC</t>
   </si>
   <si>
     <t>https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_PCC_sponsored_by.....</t>
   </si>
   <si>
     <t>KSSK Komárno</t>
   </si>
   <si>
     <t>Mosquito Match 2026 – SNC</t>
   </si>
   <si>
     <t>http://match.kssk.sk/</t>
   </si>
   <si>
+    <t>2. CZECH SUPERLEAGUE</t>
+  </si>
+  <si>
     <t>CAIRO CZ CUP 2026, 3. kolo</t>
   </si>
   <si>
-    <t>2. CZECH SUPERLEAGUE</t>
-[...1 lines deleted...]
-  <si>
     <t>Atlas ONE 2026 - máj</t>
   </si>
   <si>
     <t>https://www.squad.sk/atlas/one-maj/index_cz.php</t>
   </si>
   <si>
     <t>Černá hora Cup, 3. kolo</t>
   </si>
   <si>
+    <t>O pohár ČSOL 2026, 2. kolo</t>
+  </si>
+  <si>
+    <t>https://ipsc-csol.cz/</t>
+  </si>
+  <si>
+    <t>KMR Cup Junioři, 2. kolo</t>
+  </si>
+  <si>
+    <t>HG .22LR</t>
+  </si>
+  <si>
+    <t>Rebels Trophy</t>
+  </si>
+  <si>
+    <t>Rebels</t>
+  </si>
+  <si>
+    <t>https://www.ipsc.sk/</t>
+  </si>
+  <si>
+    <t>Žalanský pohár IPSC, 2. kolo</t>
+  </si>
+  <si>
+    <t>EXTREME EURO OPEN 2026</t>
+  </si>
+  <si>
+    <t>IPSC Extreme Squad</t>
+  </si>
+  <si>
+    <t>https://www.worldextremecup.com/extreme-euro-open/registration/</t>
+  </si>
+  <si>
+    <t>CAIRO CZ CUP 2026, 4. kolo</t>
+  </si>
+  <si>
     <t>Krvavá paní, 1. kolo</t>
   </si>
   <si>
     <t>https://www.shootingarea.eu/sk/match-area/registracia/1476/RDA-Krvava-Pani-1---Match-Series-2026</t>
   </si>
   <si>
-    <t>Rebels Trophy</t>
-[...34 lines deleted...]
-  <si>
     <t>Helmbrechts-Cup 2026</t>
   </si>
   <si>
     <t>https://ipscmatch.de/index.pl?match=Helmbrechts_Cup_2026</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Mistrovství Evropy IPSC</t>
   </si>
   <si>
     <t>LEVEL 4</t>
   </si>
   <si>
     <t>https://2026ehc.ipscmatches.org/</t>
   </si>
   <si>
     <t>Černá hora Cup, 4. kolo</t>
   </si>
   <si>
     <t>CAIRO CZ CUP 2026, 5. kolo</t>
   </si>
   <si>
     <t>Atlas ONE 2026 - jun</t>
@@ -434,62 +422,62 @@
   <si>
     <t>https://www.alsaproteam.cz/kalendar/detailudalosti/668/-/3-czech-superleague-2026</t>
   </si>
   <si>
     <t>Gemershooting Rifle Match 2026</t>
   </si>
   <si>
     <t>RIFLE</t>
   </si>
   <si>
     <t>https://www.shootingarea.eu/sk/match-area/registracia/1478/Gemershooting-Rifle-Match-2026</t>
   </si>
   <si>
     <t>CAIRO CZ CUP 2026, 6. kolo</t>
   </si>
   <si>
     <t>Gemershooting Handgun Match 2026</t>
   </si>
   <si>
     <t>https://www.shootingarea.eu/sk/match-area/registracia/1479/Gemeshooting-Handgun-Match-2026</t>
   </si>
   <si>
     <t>Airbase Open: The Grand Slam 2026 HG and PCC</t>
   </si>
   <si>
+    <t>KMR Cup Junioři, 3. kolo</t>
+  </si>
+  <si>
+    <t>O pohár ČSOL 2026, 3. kolo</t>
+  </si>
+  <si>
     <t>Atlas OPEN 2026</t>
   </si>
   <si>
     <t>https://www.squad.sk/atlasopen2026/index_cz.php</t>
   </si>
   <si>
-    <t>KMR Cup Junioři, 3. kolo</t>
-[...4 lines deleted...]
-  <si>
     <t>Steel Cup Nečichy, 2. kolo</t>
   </si>
   <si>
     <t>CAIRO CZ CUP 2026, 7. kolo</t>
   </si>
   <si>
     <t>Moravský Pohár 2026, 4. kolo</t>
   </si>
   <si>
     <t>https://www.alsaproteam.cz/kalendar/detailudalosti/669/-/moravsky-pohar-ipsc-4-kolo-hovorany</t>
   </si>
   <si>
     <t>Krvavá paní, 2. kolo</t>
   </si>
   <si>
     <t>https://www.shootingarea.eu/sk/match-area/registracia/1477/Krvava-Pani-2---2026-match-Seriesv</t>
   </si>
   <si>
     <t>CAIRO CZ CUP 2026, 8. kolo</t>
   </si>
   <si>
     <t>CNC Shotgun 2026</t>
   </si>
   <si>
     <t>IPSC Ostrava</t>
@@ -521,54 +509,54 @@
   <si>
     <t>Černá hora Cup, 5. kolo</t>
   </si>
   <si>
     <t>Jan Žižka Challenge Shotgun</t>
   </si>
   <si>
     <t>Danube Cup 2026</t>
   </si>
   <si>
     <t>https://match.kssk.sk/</t>
   </si>
   <si>
     <t>Žalanský pohár IPSC, 3. kolo</t>
   </si>
   <si>
     <t>Extraliga IPSC Znojmo, 4. kolo</t>
   </si>
   <si>
     <t>https://zavody.ipscznojmo.cz/extralig26/F/index_cz.php</t>
   </si>
   <si>
     <t>4.CZECH SUPERLEAGUE</t>
   </si>
   <si>
-    <t>O pohár ČSOL, 4. kolo</t>
-[...1 lines deleted...]
-  <si>
     <t>KMR Cup Junioři, 4. kolo</t>
+  </si>
+  <si>
+    <t>O pohár ČSOL 2026, 4. kolo</t>
   </si>
   <si>
     <t>Atlas ONE 2026 - podzim</t>
   </si>
   <si>
     <t>https://www.squad.sk/atlas/one-autumn26/index_cz.php</t>
   </si>
   <si>
     <t>Černá hora Cup, 6. kolo</t>
   </si>
   <si>
     <t>Slovak Open</t>
   </si>
   <si>
     <t>https://match.rdaipsc.sk/index.php/slo/registration</t>
   </si>
   <si>
     <t>Žalanský pohár IPSC, 4. kolo</t>
   </si>
   <si>
     <t>Helmbrechts-Cup PCC Herbst 2026, LM ASS Thüringen</t>
   </si>
   <si>
     <t>https://ipscmatch.de/index.pl?match=HCPCC-2026</t>
   </si>
@@ -937,59 +925,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/665/-/moravsky-pohar-ipsc-2026-1-kolo" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/667/-/moravsky-pohar-ipsc-2026-2-kolo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/666/-/1-czech-superleague-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/1/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_HCHL-fruehling" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/btc/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/661/-/czech-open-2026#registrations" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.iroascoring.com/portal/events/c83cd9e5-ae73-4e4b-85aa-5f4fbe559dff/registration?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwU3haS01tRVFEMHFSSko0cXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7hpxCX2QIs6zfUN-Gbeipdm5F9cRF6p0iafxuScLMbWiGLoeNQT545ZoXz1w_aem_Ns3MT0H_xn492C5JyxgcSw" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/2/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/670/-/moravsky-pohar-ipsc-3-kolo-hovorany" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/rrm/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_PCC_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://match.kssk.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-maj/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1476/RDA-Krvava-Pani-1---Match-Series-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldextremecup.com/extreme-euro-open/registration/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=Helmbrechts_Cup_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2026ehc.ipscmatches.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-jun/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/3/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/668/-/3-czech-superleague-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1478/Gemershooting-Rifle-Match-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1479/Gemeshooting-Handgun-Match-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlasopen2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/669/-/moravsky-pohar-ipsc-4-kolo-hovorany" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1477/Krvava-Pani-2---2026-match-Seriesv" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/663/-/ipsc-nationals-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscpolishopen.pl/en" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.kssk.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extralig26/F/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-autumn26/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/slo/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=HCPCC-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_HCHL-Herbst" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1483/Krvava-Pani-3---FINALE-2026-Match-Series" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/667/-/moravsky-pohar-ipsc-2026-2-kolo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/666/-/1-czech-superleague-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/1/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/btc/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_HCHL-fruehling" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.registrace.squad.cz/1kolo2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/661/-/czech-open-2026#registrations" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.iroascoring.com/portal/events/c83cd9e5-ae73-4e4b-85aa-5f4fbe559dff/registration?fbclid=IwZXh0bgNhZW0CMTAAYnJpZBEwU3haS01tRVFEMHFSSko0cXNydGMGYXBwX2lkEDIyMjAzOTE3ODgyMDA4OTIAAR7hpxCX2QIs6zfUN-Gbeipdm5F9cRF6p0iafxuScLMbWiGLoeNQT545ZoXz1w_aem_Ns3MT0H_xn492C5JyxgcSw" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/2/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/670/-/moravsky-pohar-ipsc-3-kolo-hovorany" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/rrm/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_PCC_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://match.kssk.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-maj/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldextremecup.com/extreme-euro-open/registration/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1476/RDA-Krvava-Pani-1---Match-Series-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=Helmbrechts_Cup_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2026ehc.ipscmatches.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-jun/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extraliga26/3/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/668/-/3-czech-superleague-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1478/Gemershooting-Rifle-Match-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1479/Gemeshooting-Handgun-Match-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_Airbase_Open_Wiechlice_2026_HG_sponsored_by....." TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlasopen2026/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/669/-/moravsky-pohar-ipsc-4-kolo-hovorany" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1477/Krvava-Pani-2---2026-match-Seriesv" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar/detailudalosti/663/-/ipsc-nationals-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.strelciostrava.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscpolishopen.pl/en" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.kssk.sk/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/extralig26/F/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.squad.sk/atlas/one-autumn26/index_cz.php" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsc-pv.cz/registrace/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://match.rdaipsc.sk/index.php/slo/registration" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kvzteplice.cz/ipsc/seznam.php" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=HCPCC-2026" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipscmatch.de/index.pl?match=2026_HCHL-Herbst" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zavody.ipscznojmo.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingarea.eu/sk/match-area/registracia/1483/Krvava-Pani-3---FINALE-2026-Match-Series" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shootingsport.cz/ipsc/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ipsc-csol.cz/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alsaproteam.cz/kalendar" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K84"/>
+  <dimension ref="A1:K82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="80" customWidth="true" style="0"/>
     <col min="9" max="9" width="12" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -1004,2823 +992,2757 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="1">
-        <v>46019</v>
+        <v>46067</v>
       </c>
       <c r="B2" s="1">
-        <v>46019</v>
+        <v>46067</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="1">
-        <v>46039</v>
+        <v>46089</v>
       </c>
       <c r="B3" s="1">
-        <v>46039</v>
+        <v>46089</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3">
         <v>8</v>
       </c>
+      <c r="I3" s="1">
+        <v>45990</v>
+      </c>
       <c r="J3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="K3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="1">
-        <v>46067</v>
+        <v>46089</v>
       </c>
       <c r="B4" s="1">
-        <v>46067</v>
+        <v>46089</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H4">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="1">
-        <v>46089</v>
+        <v>46095</v>
       </c>
       <c r="B5" s="1">
-        <v>46089</v>
+        <v>46095</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>45990</v>
+        <v>3</v>
       </c>
       <c r="J5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="K5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="1">
-        <v>46089</v>
+        <v>46096</v>
       </c>
       <c r="B6" s="1">
-        <v>46089</v>
+        <v>46096</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H6">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J6" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="K6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="1">
-        <v>46095</v>
+        <v>46096</v>
       </c>
       <c r="B7" s="1">
-        <v>46095</v>
+        <v>46096</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H7">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="1">
-        <v>46096</v>
+        <v>46102</v>
       </c>
       <c r="B8" s="1">
-        <v>46096</v>
+        <v>46103</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>15</v>
       </c>
       <c r="H8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J8" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="K8" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="1">
-        <v>46096</v>
+        <v>46102</v>
       </c>
       <c r="B9" s="1">
-        <v>46096</v>
+        <v>46103</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H9">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="I9" s="1">
+        <v>46023</v>
       </c>
       <c r="J9" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="K9" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="1">
-        <v>46102</v>
+        <v>46109</v>
       </c>
       <c r="B10" s="1">
-        <v>46103</v>
+        <v>46109</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H10">
         <v>8</v>
       </c>
-      <c r="I10" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="K10" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="1">
-        <v>46102</v>
+        <v>46109</v>
       </c>
       <c r="B11" s="1">
-        <v>46103</v>
+        <v>46109</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>15</v>
       </c>
       <c r="H11">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="J11" t="s">
         <v>52</v>
       </c>
       <c r="K11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="1">
         <v>46109</v>
       </c>
       <c r="B12" s="1">
         <v>46109</v>
       </c>
       <c r="C12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G12" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H12">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="1">
         <v>46109</v>
       </c>
       <c r="B13" s="1">
-        <v>46109</v>
+        <v>46110</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="H13">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="J13" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="K13" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="1">
-        <v>46109</v>
+        <v>46116</v>
       </c>
       <c r="B14" s="1">
-        <v>46109</v>
+        <v>46117</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="H14">
-        <v>6</v>
+        <v>12</v>
+      </c>
+      <c r="I14" s="1">
+        <v>45991</v>
       </c>
       <c r="J14" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="K14" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="1">
-        <v>46109</v>
+        <v>46123</v>
       </c>
       <c r="B15" s="1">
-        <v>46110</v>
+        <v>46123</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15">
+        <v>3</v>
+      </c>
+      <c r="J15" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="1">
-        <v>46116</v>
+        <v>46123</v>
       </c>
       <c r="B16" s="1">
-        <v>46117</v>
+        <v>46124</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D16"/>
       <c r="E16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I16" s="1">
-        <v>45991</v>
+        <v>45962</v>
       </c>
       <c r="J16" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="K16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="1">
-        <v>46123</v>
+        <v>46131</v>
       </c>
       <c r="B17" s="1">
-        <v>46123</v>
+        <v>46131</v>
       </c>
       <c r="C17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H17">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="J17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="1">
-        <v>46123</v>
+        <v>46137</v>
       </c>
       <c r="B18" s="1">
-        <v>46124</v>
+        <v>46137</v>
       </c>
       <c r="C18" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
       <c r="E18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="H18">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>45962</v>
+        <v>8</v>
       </c>
       <c r="J18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="K18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="1">
-        <v>46131</v>
+        <v>46137</v>
       </c>
       <c r="B19" s="1">
-        <v>46131</v>
+        <v>46138</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="H19">
-        <v>13</v>
+        <v>15</v>
+      </c>
+      <c r="I19" s="1">
+        <v>45986</v>
       </c>
       <c r="J19" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="K19" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="1">
         <v>46137</v>
       </c>
       <c r="B20" s="1">
         <v>46137</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20">
         <v>6</v>
       </c>
       <c r="J20" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K20" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="1">
-        <v>46137</v>
+        <v>46138</v>
       </c>
       <c r="B21" s="1">
-        <v>46137</v>
+        <v>46138</v>
       </c>
       <c r="C21" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J21" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="1">
-        <v>46137</v>
+        <v>46142</v>
       </c>
       <c r="B22" s="1">
-        <v>46138</v>
+        <v>46145</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" t="s">
+        <v>87</v>
+      </c>
+      <c r="F22" t="s">
         <v>24</v>
       </c>
-      <c r="E22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H22">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I22" s="1">
-        <v>45986</v>
+        <v>46026</v>
       </c>
       <c r="J22" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="K22" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="1">
-        <v>46138</v>
+        <v>46143</v>
       </c>
       <c r="B23" s="1">
-        <v>46138</v>
+        <v>46145</v>
       </c>
       <c r="C23" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" t="s">
         <v>86</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="H23">
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="I23" s="1">
+        <v>46026</v>
       </c>
       <c r="J23" t="s">
         <v>88</v>
       </c>
+      <c r="K23" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="1">
-        <v>46142</v>
+        <v>46144</v>
       </c>
       <c r="B24" s="1">
         <v>46145</v>
       </c>
       <c r="C24" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F24" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H24">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>46026</v>
+        <v>20</v>
       </c>
       <c r="J24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K24" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="1">
-        <v>46143</v>
+        <v>46151</v>
       </c>
       <c r="B25" s="1">
-        <v>46145</v>
+        <v>46152</v>
       </c>
       <c r="C25" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="D25" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F25" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="H25">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>46026</v>
+        <v>12</v>
       </c>
       <c r="J25" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="K25" t="s">
-        <v>96</v>
+        <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="1">
-        <v>46144</v>
+        <v>46151</v>
       </c>
       <c r="B26" s="1">
-        <v>46145</v>
+        <v>46151</v>
       </c>
       <c r="C26" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>97</v>
       </c>
-      <c r="D26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
       <c r="H26">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="J26" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="K26" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="1">
-        <v>46151</v>
+        <v>46152</v>
       </c>
       <c r="B27" s="1">
-        <v>46151</v>
+        <v>46152</v>
       </c>
       <c r="C27" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="I27" s="1">
+        <v>46112</v>
       </c>
       <c r="J27" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="K27" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="1">
-        <v>46151</v>
+        <v>46158</v>
       </c>
       <c r="B28" s="1">
-        <v>46152</v>
+        <v>46158</v>
       </c>
       <c r="C28" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F28" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28">
+        <v>3</v>
+      </c>
+      <c r="J28" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K28" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="1">
-        <v>46152</v>
+        <v>46164</v>
       </c>
       <c r="B29" s="1">
-        <v>46152</v>
+        <v>46165</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
         <v>24</v>
       </c>
-      <c r="E29" t="s">
+      <c r="G29" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29">
+        <v>12</v>
+      </c>
+      <c r="J29" t="s">
+        <v>52</v>
+      </c>
+      <c r="K29" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="1">
-        <v>46158</v>
+        <v>46164</v>
       </c>
       <c r="B30" s="1">
-        <v>46158</v>
+        <v>46165</v>
       </c>
       <c r="C30" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
+        <v>103</v>
+      </c>
+      <c r="F30" t="s">
+        <v>47</v>
+      </c>
+      <c r="G30" t="s">
         <v>104</v>
       </c>
-      <c r="F30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H30">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="J30" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="K30" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="1">
-        <v>46159</v>
+        <v>46165</v>
       </c>
       <c r="B31" s="1">
-        <v>46159</v>
+        <v>46166</v>
       </c>
       <c r="C31" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="D31" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>105</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="J31" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="K31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="1">
-        <v>46165</v>
+        <v>46166</v>
       </c>
       <c r="B32" s="1">
         <v>46166</v>
       </c>
       <c r="C32" t="s">
-        <v>97</v>
+        <v>35</v>
       </c>
       <c r="D32" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="J32" t="s">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="K32" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="1">
-        <v>46165</v>
+        <v>46170</v>
       </c>
       <c r="B33" s="1">
-        <v>46165</v>
+        <v>46172</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
+        <v>109</v>
+      </c>
+      <c r="F33" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33">
+        <v>30</v>
+      </c>
+      <c r="J33" t="s">
         <v>110</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
       <c r="K33" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="1">
-        <v>46165</v>
+        <v>46172</v>
       </c>
       <c r="B34" s="1">
-        <v>46165</v>
+        <v>46172</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>112</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G34" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="H34">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J34" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K34" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="1">
-        <v>46166</v>
+        <v>46172</v>
       </c>
       <c r="B35" s="1">
-        <v>46166</v>
+        <v>46172</v>
       </c>
       <c r="C35" t="s">
         <v>40</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E35" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="G35" t="s">
         <v>15</v>
       </c>
       <c r="H35">
         <v>8</v>
       </c>
       <c r="J35" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="K35" t="s">
-        <v>44</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="1">
-        <v>46170</v>
+        <v>46177</v>
       </c>
       <c r="B36" s="1">
-        <v>46172</v>
+        <v>46180</v>
       </c>
       <c r="C36" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E36" t="s">
         <v>115</v>
       </c>
       <c r="F36" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H36">
-        <v>30</v>
+        <v>12</v>
+      </c>
+      <c r="I36" s="1">
+        <v>46023</v>
       </c>
       <c r="J36" t="s">
+        <v>48</v>
+      </c>
+      <c r="K36" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="1">
-        <v>46172</v>
+        <v>46180</v>
       </c>
       <c r="B37" s="1">
-        <v>46172</v>
+        <v>46186</v>
       </c>
       <c r="C37" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>117</v>
       </c>
       <c r="E37" t="s">
         <v>118</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H37">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="J37" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="K37" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="1">
-        <v>46177</v>
+        <v>46186</v>
       </c>
       <c r="B38" s="1">
-        <v>46180</v>
+        <v>46186</v>
       </c>
       <c r="C38" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="D38" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" t="s">
+        <v>25</v>
+      </c>
+      <c r="H38">
+        <v>3</v>
+      </c>
+      <c r="J38" t="s">
         <v>29</v>
       </c>
-      <c r="G38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K38" t="s">
-        <v>120</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="1">
-        <v>46180</v>
+        <v>46186</v>
       </c>
       <c r="B39" s="1">
         <v>46186</v>
       </c>
       <c r="C39" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="D39" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
         <v>122</v>
       </c>
       <c r="F39" t="s">
-        <v>123</v>
+        <v>14</v>
       </c>
       <c r="G39" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H39">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="J39" t="s">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="K39" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="1">
-        <v>46186</v>
+        <v>46187</v>
       </c>
       <c r="B40" s="1">
-        <v>46186</v>
+        <v>46187</v>
       </c>
       <c r="C40" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E40" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G40" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H40">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="I40" s="1">
+        <v>46147</v>
       </c>
       <c r="J40" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="K40" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="1">
-        <v>46186</v>
+        <v>46194</v>
       </c>
       <c r="B41" s="1">
-        <v>46186</v>
+        <v>46194</v>
       </c>
       <c r="C41" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
+        <v>125</v>
+      </c>
+      <c r="F41" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41">
+        <v>13</v>
+      </c>
+      <c r="J41" t="s">
+        <v>33</v>
+      </c>
+      <c r="K41" t="s">
         <v>126</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="1">
-        <v>46187</v>
+        <v>46201</v>
       </c>
       <c r="B42" s="1">
-        <v>46187</v>
+        <v>46201</v>
       </c>
       <c r="C42" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D42" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
         <v>127</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G42" t="s">
         <v>15</v>
       </c>
       <c r="H42">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>46147</v>
+        <v>12</v>
       </c>
       <c r="J42" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="K42" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="1">
-        <v>46194</v>
+        <v>46207</v>
       </c>
       <c r="B43" s="1">
-        <v>46194</v>
+        <v>46207</v>
       </c>
       <c r="C43" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>129</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G43" t="s">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="H43">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="J43" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="K43" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="1">
-        <v>46201</v>
+        <v>46207</v>
       </c>
       <c r="B44" s="1">
-        <v>46201</v>
+        <v>46207</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F44" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J44" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="K44" t="s">
-        <v>132</v>
+        <v>58</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="1">
-        <v>46207</v>
+        <v>46208</v>
       </c>
       <c r="B45" s="1">
-        <v>46207</v>
+        <v>46208</v>
       </c>
       <c r="C45" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D45" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>133</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G45" t="s">
-        <v>134</v>
+        <v>15</v>
       </c>
       <c r="H45">
         <v>8</v>
       </c>
       <c r="J45" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="K45" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="1">
-        <v>46207</v>
+        <v>46210</v>
       </c>
       <c r="B46" s="1">
-        <v>46207</v>
+        <v>46215</v>
       </c>
       <c r="C46" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="E46" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46">
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="I46" s="1">
+        <v>46026</v>
       </c>
       <c r="J46" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="K46" t="s">
-        <v>62</v>
+        <v>89</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="1">
-        <v>46208</v>
+        <v>46213</v>
       </c>
       <c r="B47" s="1">
-        <v>46208</v>
+        <v>46214</v>
       </c>
       <c r="C47" t="s">
         <v>50</v>
       </c>
       <c r="D47" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="G47" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="H47">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J47" t="s">
         <v>52</v>
       </c>
       <c r="K47" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="1">
-        <v>46210</v>
+        <v>46213</v>
       </c>
       <c r="B48" s="1">
-        <v>46215</v>
+        <v>46214</v>
       </c>
       <c r="C48" t="s">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="D48" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F48" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>46026</v>
+        <v>12</v>
       </c>
       <c r="J48" t="s">
-        <v>92</v>
+        <v>52</v>
       </c>
       <c r="K48" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="1">
         <v>46214</v>
       </c>
       <c r="B49" s="1">
         <v>46214</v>
       </c>
       <c r="C49" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F49" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G49" t="s">
         <v>15</v>
       </c>
       <c r="H49">
         <v>15</v>
       </c>
       <c r="I49" s="1">
         <v>46121</v>
       </c>
       <c r="J49" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="K49" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="1">
-        <v>46214</v>
+        <v>46215</v>
       </c>
       <c r="B50" s="1">
-        <v>46214</v>
+        <v>46215</v>
       </c>
       <c r="C50" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G50" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
       <c r="H50">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J50" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="1">
-        <v>46214</v>
+        <v>46221</v>
       </c>
       <c r="B51" s="1">
-        <v>46214</v>
+        <v>46221</v>
       </c>
       <c r="C51" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G51" t="s">
         <v>15</v>
       </c>
       <c r="H51">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J51" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K51" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="1">
-        <v>46215</v>
+        <v>46221</v>
       </c>
       <c r="B52" s="1">
-        <v>46215</v>
+        <v>46221</v>
       </c>
       <c r="C52" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J52" t="s">
-        <v>88</v>
+        <v>76</v>
+      </c>
+      <c r="K52" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="1">
-        <v>46221</v>
+        <v>46229</v>
       </c>
       <c r="B53" s="1">
-        <v>46221</v>
+        <v>46229</v>
       </c>
       <c r="C53" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E53" t="s">
+        <v>144</v>
+      </c>
+      <c r="F53" t="s">
+        <v>47</v>
+      </c>
+      <c r="G53" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53">
+        <v>8</v>
+      </c>
+      <c r="J53" t="s">
+        <v>42</v>
+      </c>
+      <c r="K53" t="s">
         <v>145</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="1">
-        <v>46221</v>
+        <v>46235</v>
       </c>
       <c r="B54" s="1">
-        <v>46221</v>
+        <v>46235</v>
       </c>
       <c r="C54" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>146</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J54" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="K54" t="s">
-        <v>147</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="1">
-        <v>46229</v>
+        <v>46236</v>
       </c>
       <c r="B55" s="1">
-        <v>46229</v>
+        <v>46236</v>
       </c>
       <c r="C55" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>147</v>
+      </c>
+      <c r="F55" t="s">
         <v>24</v>
       </c>
-      <c r="E55" t="s">
+      <c r="G55" t="s">
+        <v>61</v>
+      </c>
+      <c r="H55">
+        <v>13</v>
+      </c>
+      <c r="J55" t="s">
         <v>148</v>
-      </c>
-[...13 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="1">
-        <v>46235</v>
+        <v>46249</v>
       </c>
       <c r="B56" s="1">
-        <v>46235</v>
+        <v>46250</v>
       </c>
       <c r="C56" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E56" t="s">
+        <v>149</v>
+      </c>
+      <c r="F56" t="s">
+        <v>24</v>
+      </c>
+      <c r="G56" t="s">
+        <v>25</v>
+      </c>
+      <c r="H56">
+        <v>30</v>
+      </c>
+      <c r="J56" t="s">
         <v>150</v>
       </c>
-      <c r="F56" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K56" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="1">
-        <v>46236</v>
+        <v>46256</v>
       </c>
       <c r="B57" s="1">
-        <v>46236</v>
+        <v>46257</v>
       </c>
       <c r="C57" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F57" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="H57">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J57" t="s">
-        <v>152</v>
+        <v>62</v>
+      </c>
+      <c r="K57" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="1">
-        <v>46249</v>
+        <v>46256</v>
       </c>
       <c r="B58" s="1">
-        <v>46250</v>
+        <v>46256</v>
       </c>
       <c r="C58" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D58" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>153</v>
       </c>
       <c r="F58" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G58" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H58">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="J58" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="K58" t="s">
-        <v>155</v>
+        <v>58</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="1">
-        <v>46256</v>
+        <v>46263</v>
       </c>
       <c r="B59" s="1">
-        <v>46257</v>
+        <v>46264</v>
       </c>
       <c r="C59" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="E59" t="s">
+        <v>154</v>
+      </c>
+      <c r="F59" t="s">
+        <v>24</v>
+      </c>
+      <c r="G59" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59">
+        <v>24</v>
+      </c>
+      <c r="I59" s="1">
+        <v>46113</v>
+      </c>
+      <c r="J59" t="s">
+        <v>155</v>
+      </c>
+      <c r="K59" t="s">
         <v>156</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="1">
-        <v>46256</v>
+        <v>46270</v>
       </c>
       <c r="B60" s="1">
-        <v>46256</v>
+        <v>46270</v>
       </c>
       <c r="C60" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
         <v>157</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G60" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H60">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J60" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K60" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="1">
-        <v>46263</v>
+        <v>46270</v>
       </c>
       <c r="B61" s="1">
-        <v>46264</v>
+        <v>46271</v>
       </c>
       <c r="C61" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
         <v>158</v>
       </c>
       <c r="F61" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G61" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="H61">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>46113</v>
+        <v>18</v>
       </c>
       <c r="J61" t="s">
-        <v>159</v>
+        <v>62</v>
       </c>
       <c r="K61" t="s">
-        <v>160</v>
+        <v>63</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="1">
-        <v>46270</v>
+        <v>46271</v>
       </c>
       <c r="B62" s="1">
-        <v>46270</v>
+        <v>46271</v>
       </c>
       <c r="C62" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H62">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="J62" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="K62" t="s">
-        <v>71</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="1">
-        <v>46270</v>
+        <v>46271</v>
       </c>
       <c r="B63" s="1">
         <v>46271</v>
       </c>
       <c r="C63" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G63" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="H63">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="J63" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="K63" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="1">
-        <v>46271</v>
+        <v>46278</v>
       </c>
       <c r="B64" s="1">
-        <v>46271</v>
+        <v>46278</v>
       </c>
       <c r="C64" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>162</v>
+      </c>
+      <c r="F64" t="s">
         <v>24</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>33</v>
+      </c>
+      <c r="K64" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="1">
-        <v>46271</v>
+        <v>46285</v>
       </c>
       <c r="B65" s="1">
-        <v>46271</v>
+        <v>46285</v>
       </c>
       <c r="C65" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J65" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="K65" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="1">
-        <v>46278</v>
+        <v>46290</v>
       </c>
       <c r="B66" s="1">
-        <v>46278</v>
+        <v>46291</v>
       </c>
       <c r="C66" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F66" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G66" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="H66">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J66" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="K66" t="s">
-        <v>167</v>
+        <v>102</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="1">
-        <v>46285</v>
+        <v>46290</v>
       </c>
       <c r="B67" s="1">
-        <v>46285</v>
+        <v>46291</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F67" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67">
         <v>12</v>
       </c>
       <c r="J67" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="K67" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="1">
-        <v>46291</v>
+        <v>46292</v>
       </c>
       <c r="B68" s="1">
-        <v>46291</v>
+        <v>46292</v>
       </c>
       <c r="C68" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68">
-        <v>8</v>
+        <v>9</v>
+      </c>
+      <c r="I68" s="1">
+        <v>45927</v>
       </c>
       <c r="J68" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="K68" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="1">
-        <v>46291</v>
+        <v>46298</v>
       </c>
       <c r="B69" s="1">
-        <v>46291</v>
+        <v>46298</v>
       </c>
       <c r="C69" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G69" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
       <c r="H69">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J69" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="K69" t="s">
-        <v>111</v>
+        <v>67</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="1">
-        <v>46292</v>
+        <v>46299</v>
       </c>
       <c r="B70" s="1">
-        <v>46292</v>
+        <v>46299</v>
       </c>
       <c r="C70" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="D70" t="s">
+        <v>19</v>
+      </c>
+      <c r="E70" t="s">
+        <v>170</v>
+      </c>
+      <c r="F70" t="s">
         <v>24</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70">
+        <v>15</v>
+      </c>
+      <c r="I70" s="1">
+        <v>46150</v>
+      </c>
+      <c r="J70" t="s">
+        <v>42</v>
+      </c>
+      <c r="K70" t="s">
         <v>171</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="1">
-        <v>46298</v>
+        <v>46299</v>
       </c>
       <c r="B71" s="1">
-        <v>46298</v>
+        <v>46299</v>
       </c>
       <c r="C71" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G71" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H71">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J71" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="K71" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="1">
-        <v>46299</v>
+        <v>46305</v>
       </c>
       <c r="B72" s="1">
-        <v>46299</v>
+        <v>46305</v>
       </c>
       <c r="C72" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D72" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="E72" t="s">
+        <v>173</v>
+      </c>
+      <c r="F72" t="s">
+        <v>47</v>
+      </c>
+      <c r="G72" t="s">
+        <v>91</v>
+      </c>
+      <c r="H72">
+        <v>8</v>
+      </c>
+      <c r="I72" s="1">
+        <v>46143</v>
+      </c>
+      <c r="J72" t="s">
+        <v>48</v>
+      </c>
+      <c r="K72" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="1">
-        <v>46299</v>
+        <v>46306</v>
       </c>
       <c r="B73" s="1">
-        <v>46299</v>
+        <v>46306</v>
       </c>
       <c r="C73" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E73" t="s">
+        <v>175</v>
+      </c>
+      <c r="F73" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" t="s">
+        <v>25</v>
+      </c>
+      <c r="H73">
+        <v>8</v>
+      </c>
+      <c r="I73" s="1">
+        <v>46143</v>
+      </c>
+      <c r="J73" t="s">
+        <v>48</v>
+      </c>
+      <c r="K73" t="s">
         <v>176</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="1">
-        <v>46305</v>
+        <v>46306</v>
       </c>
       <c r="B74" s="1">
-        <v>46305</v>
+        <v>46306</v>
       </c>
       <c r="C74" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="D74" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
         <v>177</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G74" t="s">
-        <v>95</v>
+        <v>15</v>
       </c>
       <c r="H74">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>46143</v>
+        <v>12</v>
       </c>
       <c r="J74" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="K74" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="1">
-        <v>46306</v>
+        <v>46313</v>
       </c>
       <c r="B75" s="1">
-        <v>46306</v>
+        <v>46313</v>
       </c>
       <c r="C75" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D75" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
         <v>179</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H75">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>46143</v>
+        <v>11</v>
       </c>
       <c r="J75" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="K75" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="1">
-        <v>46306</v>
+        <v>46313</v>
       </c>
       <c r="B76" s="1">
-        <v>46306</v>
+        <v>46313</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E76" t="s">
         <v>181</v>
       </c>
       <c r="F76" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="J76" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="K76" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="1">
-        <v>46313</v>
+        <v>46319</v>
       </c>
       <c r="B77" s="1">
-        <v>46313</v>
+        <v>46319</v>
       </c>
       <c r="C77" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
         <v>183</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="J77" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="K77" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="1">
-        <v>46313</v>
+        <v>46320</v>
       </c>
       <c r="B78" s="1">
-        <v>46313</v>
+        <v>46320</v>
       </c>
       <c r="C78" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="D78" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F78" t="s">
         <v>14</v>
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="J78" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>84</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="1">
-        <v>46319</v>
+        <v>46333</v>
       </c>
       <c r="B79" s="1">
-        <v>46319</v>
+        <v>46334</v>
       </c>
       <c r="C79" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>186</v>
       </c>
       <c r="H79">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J79" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="K79" t="s">
-        <v>182</v>
+        <v>63</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="1">
-        <v>46320</v>
+        <v>46334</v>
       </c>
       <c r="B80" s="1">
-        <v>46320</v>
+        <v>46334</v>
       </c>
       <c r="C80" t="s">
-        <v>86</v>
+        <v>50</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J80" t="s">
-        <v>88</v>
+        <v>52</v>
+      </c>
+      <c r="K80" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="1">
-        <v>46333</v>
+        <v>46341</v>
       </c>
       <c r="B81" s="1">
-        <v>46334</v>
+        <v>46341</v>
       </c>
       <c r="C81" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G81" t="s">
-        <v>190</v>
+        <v>15</v>
       </c>
       <c r="H81">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J81" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="K81" t="s">
-        <v>67</v>
+        <v>178</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="1">
-        <v>46334</v>
+        <v>46383</v>
       </c>
       <c r="B82" s="1">
-        <v>46334</v>
+        <v>46383</v>
       </c>
       <c r="C82" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>15</v>
       </c>
       <c r="H82">
         <v>10</v>
       </c>
       <c r="J82" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="K82" t="s">
-        <v>111</v>
-[...63 lines deleted...]
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="K17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="K18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K20" r:id="rId_hyperlink_19"/>
-    <hyperlink ref="K21" r:id="rId_hyperlink_20"/>
-    <hyperlink ref="K22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="K22" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="K23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="K27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="K28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="K29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="K30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="K31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="K32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="K33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="K34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="K35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="K36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="K37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="K38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="K39" r:id="rId_hyperlink_37"/>
     <hyperlink ref="K40" r:id="rId_hyperlink_38"/>
     <hyperlink ref="K41" r:id="rId_hyperlink_39"/>
     <hyperlink ref="K42" r:id="rId_hyperlink_40"/>
     <hyperlink ref="K43" r:id="rId_hyperlink_41"/>
     <hyperlink ref="K44" r:id="rId_hyperlink_42"/>
     <hyperlink ref="K45" r:id="rId_hyperlink_43"/>
     <hyperlink ref="K46" r:id="rId_hyperlink_44"/>
     <hyperlink ref="K47" r:id="rId_hyperlink_45"/>
     <hyperlink ref="K48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="K49" r:id="rId_hyperlink_47"/>
-    <hyperlink ref="K50" r:id="rId_hyperlink_48"/>
-    <hyperlink ref="K51" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="K51" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="K52" r:id="rId_hyperlink_49"/>
     <hyperlink ref="K53" r:id="rId_hyperlink_50"/>
     <hyperlink ref="K54" r:id="rId_hyperlink_51"/>
-    <hyperlink ref="K55" r:id="rId_hyperlink_52"/>
-    <hyperlink ref="K56" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="K56" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="K57" r:id="rId_hyperlink_53"/>
     <hyperlink ref="K58" r:id="rId_hyperlink_54"/>
     <hyperlink ref="K59" r:id="rId_hyperlink_55"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_56"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_57"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_58"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K73" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K74" r:id="rId_hyperlink_70"/>
     <hyperlink ref="K75" r:id="rId_hyperlink_71"/>
     <hyperlink ref="K76" r:id="rId_hyperlink_72"/>
     <hyperlink ref="K77" r:id="rId_hyperlink_73"/>
-    <hyperlink ref="K78" r:id="rId_hyperlink_74"/>
-    <hyperlink ref="K79" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="K79" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="K80" r:id="rId_hyperlink_75"/>
     <hyperlink ref="K81" r:id="rId_hyperlink_76"/>
     <hyperlink ref="K82" r:id="rId_hyperlink_77"/>
-    <hyperlink ref="K83" r:id="rId_hyperlink_78"/>
-    <hyperlink ref="K84" r:id="rId_hyperlink_79"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>